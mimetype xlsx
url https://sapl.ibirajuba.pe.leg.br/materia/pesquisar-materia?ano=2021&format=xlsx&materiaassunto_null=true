--- v0 (2025-10-07)
+++ v1 (2026-03-13)
@@ -51,1238 +51,1238 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Santiago Justino Duarte</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/1/requerimento_01.2021_-_fazer_um_calcadao_na_pe-149.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/1/requerimento_01.2021_-_fazer_um_calcadao_na_pe-149.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, No sentido que sejam tomadas as providências cabíveis, Visando fazer um calçadão, com cerca de dois metros de largura, nas margens da Rodovia PE-149, mais precisamente entre a Academia da Cidade e o Açude do_x000D_
 Gravata. Visando a segurança dos Ibirajubenses e o incentivo à saúde e ao lazer.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/2/requerimento_02.2021_-_solicita_reajuste_salarial_aos_motoristas_do_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/2/requerimento_02.2021_-_solicita_reajuste_salarial_aos_motoristas_do_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, No sentido que sejam tomadas as providências cabíveis, Objetivando conceder um reajuste salarial aos motoristas que prestam serviço neste município. Vale ressaltar, que o serviço prestado por esses profissionais é de extrema importância para sociedade.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Jonas Batista Freitas Costa</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/3/requerimento_03.2021_-_nota_de_pesar_ao_sr._manoel_lopes_sobrinho_-_ze_lopes.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/3/requerimento_03.2021_-_nota_de_pesar_ao_sr._manoel_lopes_sobrinho_-_ze_lopes.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as_x000D_
 formalidades regimentais, que seja consignado na Ata dos Trabalhos da_x000D_
 presente Reunião Ordinária VOTOS DE PROFUNDO PESAR pelo_x000D_
 falecimento do Sr. Manoel Lopes Sobrinho, Popular “ Zé Lopes”,</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/4/requerimento_04.2021_-_implantacao_da_guarda_municipal.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/4/requerimento_04.2021_-_implantacao_da_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando a implantação da Guarda Municipal do Sr. Paulo Amaro, aqui neste município.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/5/requerimento_05.2021_-_implantacao_do_saneamento_basico_do_alto_de_sao_francisco.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/5/requerimento_05.2021_-_implantacao_do_saneamento_basico_do_alto_de_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Exmo. Dep. Sr. Sílvio Costa Filho. No sentido que sejam tomadas as devidas providências, visando a implantação do saneamento básico, na Vila do Alto de São Francisco 2° Distrito deste município.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/6/requerimento_06.2021_-_fazer_parceiras_com_as_cidades_circunvizinhas_para_manutencao_das_estradas_da_zona_rural.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/6/requerimento_06.2021_-_fazer_parceiras_com_as_cidades_circunvizinhas_para_manutencao_das_estradas_da_zona_rural.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências objetivando fazer parcerias com as cidades circunvizinhas, para que em ação conjunta coloquem piçarro nas principais estradas da zona rural, que liga Ibirajuba as demais cidades.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/7/requerimento_07.2021_-_visando_asfaltar_ruas_principais_do_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/7/requerimento_07.2021_-_visando_asfaltar_ruas_principais_do_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Exmo. Dep. Sr. Sílvio Costa Filho. No sentido que sejam tomadas as providências cabíveis, visando asfaltar algumas das principais ruas deste município, R. Bartolomeu Vieira de Melo, R. Prof.a Maria do Carmo, e R. Miguel Inácio, dando prosseguimento na R. 26 de março, atingindo toda a extensão da mesma. E se possível, asfaltar também as demais ruas (principais) que não foram citadas.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Samuel Simplício Duarte</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/8/requerimento_08.2021_-_instalacao_de_uma_lixeira_comunitario_no_sitio_pau_arrancado.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/8/requerimento_08.2021_-_instalacao_de_uma_lixeira_comunitario_no_sitio_pau_arrancado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando a realização da coleta de lixo, por meio da caçamba e se possível a instalação de uma lixeira comunitária, ambos serviços na Vila Pau Arrancado, neste município.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Gilvan Marinho Pontes</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_09.2021_-_retirada_do_acude_publico_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_09.2021_-_retirada_do_acude_publico_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, objetivando a retirada da pasta, presente na Represa Frei Damião (açude Público) deste município. Tendo em vista, mantê-lo sempre limpo e bem cuidado.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_10.2021_-_implantacao_de_quebras-molas_na_av._tenente_xavier_de_araujo.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_10.2021_-_implantacao_de_quebras-molas_na_av._tenente_xavier_de_araujo.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando a possibilidade de realizar a implantação de mais quebra-molas na Av. Tenente Xavier de Araújo. Tendo em vista, reduzir a velocidade dos veículos, evitando assim acidentes e preservando a segurança dos pedestres que ali transitam.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_11.2021_-_regularizacao_do_abastecimento_de_agua_do_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_11.2021_-_regularizacao_do_abastecimento_de_agua_do_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa ao Exmo. Sr. Gerente da Compesa, situado no município de Altinho. No sentido que sejam tomadas as devidas providências, objetivando a regularização do abastecimento de água no município de Ibirajuba. Tendo em vista, as constantes reclamações dos munícipes, devido aos problemas que eles vêm enfrentando, causados pela frequente falta de água em diversas áreas da Cidade.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_12.2021_-_solucionar_a_constante_falta_de_dinheiro_no_caixa_eletronico_do_banco_bradesco_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_12.2021_-_solucionar_a_constante_falta_de_dinheiro_no_caixa_eletronico_do_banco_bradesco_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa ao Exmo. Sr. Gerente do Banco do Bradesco-Ag.3211-5/Caruaru, extensivo a Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama e ao Secretário de finanças Sr. Severino Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando solucionar os problemas, referentes a constante falta de dinheiro, no caixa eletrônico do Posto do banco Bradesco, em Ibirajuba.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_13.2021_-_manutencao_do_calcamento_da_rua_20_de_novembro_neste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_13.2021_-_manutencao_do_calcamento_da_rua_20_de_novembro_neste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando realizar a restauração/manutenção do saneamento básico e do calçamento já existentes, na Rua 20 de novembro, neste município.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Adnildo Alves dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_14.2021_-_realizar_uma_visita_aos_agricultores_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_14.2021_-_realizar_uma_visita_aos_agricultores_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Secretário de agricultura Sr. Celso Justino. No sentido que sejam tomadas as providências cabíveis, objetivando realizar uma visita aos agricultores deste município. Tendo em vista fazer um levantamento, para identificar os agricultores que estão precisando realizar a aração das terras e fazer silagem.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_15.2021_-_celebracao_de_contrato_de_consorcio_publico.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_15.2021_-_celebracao_de_contrato_de_consorcio_publico.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, com fundamento no Parágrafo Único do artigo 114 do Regimento Interno, que seja dispensado os interstícios regimentais, bem como os Pareceres das Comissões Técnicas desta Casa (Justiça e Redação); (Finanças e Orçamento), ao Projeto de Lei N° 001/2021, de 18 de janeiro de 2021.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_16.2021_-_fornecimento_aos_vereadores_folhas_de_papel_timbradas_desta_casa_legislativa.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_16.2021_-_fornecimento_aos_vereadores_folhas_de_papel_timbradas_desta_casa_legislativa.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa ao Exmo. Presidente desta Casa Legislativa, Sr. Manoelson Rodrigues Patrício, objetivando que sejam fornecidas, à todos os vereadores, folhas timbradas desta Casa Legislativa, em quantidade suficiente para exercício de suas atividades parlamentar, e/ou arquivo para impressão de mencionado material.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/17/requerimento_17.2021_-_que_seja_efetuado_o_pagamento_de_diarias_aos_motoristas_e_demais_servidores_publicos.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/17/requerimento_17.2021_-_que_seja_efetuado_o_pagamento_de_diarias_aos_motoristas_e_demais_servidores_publicos.pdf</t>
   </si>
   <si>
     <t>Requeiro  à  Mesa  Diretora  da  Câmara  Municipal  de  Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, a fim de que seja efetuado o pagamento de diárias aos motoristas e demais servidores púbicos municipais que necessitem se deslocar para outras cidades no exercício de seu trabalho. Caso se mostre necessário, seja previamente apresentado Projeto de Lei, para possibilitar o adequado pagamento de mencionadas diárias.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_18.2021_-_visando_colocar_picarro_e_desmatar_as_laterais_do_sitio_joao_timoteo_ao_sitio_lajero_alto.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_18.2021_-_visando_colocar_picarro_e_desmatar_as_laterais_do_sitio_joao_timoteo_ao_sitio_lajero_alto.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências visando colocar piçaro e desmaiar as laterais da estrada que liga o Sítio de Sr. João Timóteo até o Sítio Lajero Alto, neste município. Tendo em vista que a mesma se encontra intransitável.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_19.2021_-_implantacao_de_quebras-molas_na_rua_26_de_marco_bairro_do_multirao.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_19.2021_-_implantacao_de_quebras-molas_na_rua_26_de_marco_bairro_do_multirao.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências visando a implantação de quebra-molas na R. 26 de março, precisamente do Multirão até a casa do vereador Adnildo, no mínimo uns 03 (três), e outros na R. Maria do Carmo. Tendo em vista, reduzir a velocidade de veículos que transitam nas citadas vias, em altas velocidades.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_20.2021_-_implantacao_de_calcamento_na_rua_pedro_tributino.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_20.2021_-_implantacao_de_calcamento_na_rua_pedro_tributino.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências objetivando fazer o calçamento da R. Pedro Tributino, extensivo à R. Maria do Carmo, precisamente no ligamento entre as duas ruas. Tendo em vista proporcionar uma melhor qualidade de vida à todos que ali residem.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_21.2021_-_visando_colocar_lixeiras_na_praca_jose_inacio_de_sobral_e_nas_demais_ruas_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_21.2021_-_visando_colocar_lixeiras_na_praca_jose_inacio_de_sobral_e_nas_demais_ruas_deste_municipio.pdf</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>José Ailton Simões de Macedo</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_22.2021_-_reativar_o_posto_de_saude_do_sitio_quartis_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_22.2021_-_reativar_o_posto_de_saude_do_sitio_quartis_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências objetivando reativar o Posto de Saúde do Sítio Quartis neste município. Tendo em vista que o mesmo se encontra fechado há algum tempo, deixando assim, o povo daquela região sem uma devida assistência médica.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/23/requerimento_23.2021_-_visando_concluir_calcamento_da_rua_manoel_pequeno_na_vila_do_alto_de_sao_francisco.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/23/requerimento_23.2021_-_visando_concluir_calcamento_da_rua_manoel_pequeno_na_vila_do_alto_de_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências visando concluir o calçamento da Rua Manoel Pequeno, na Vila do Alto de São Francisco, 2o Distrito deste município. Tendo em vista beneficiar a todos que ali residem ou transitam na citada localidade.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Ailson Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/24/requerimento_24.2021_-_visando_colocar_um_poste_com_3_bicos_de_luz_na_praca_miguel__onobre_de_amorim_na_vila_do_alto_de_sao_francisco.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/24/requerimento_24.2021_-_visando_colocar_um_poste_com_3_bicos_de_luz_na_praca_miguel__onobre_de_amorim_na_vila_do_alto_de_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando colocar um poste com três bicos de luz, na Praça Miguel Onofre de Amorim, precisamente em frente da delegacia, na Vila do Alto de São Francisco, 2° Distrito deste município.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Eusébio Ferreira Barros Silva</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/25/requerimento_25.2021_-_visando_fazer_a_reposicao_de_alguns_postes_de_iluminacao_publica.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/25/requerimento_25.2021_-_visando_fazer_a_reposicao_de_alguns_postes_de_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando fazer a reposição de alguns postes de iluminação pública, que estão danificados ou que caíram, além de recolocar lâmpadas nos mesmos e nos demais postes que necessitam. Tal serviço deve ser realizado precisamente, do cemitério até a Igreja Matriz, na Vila do Alto de São Francisco, 2° Distrito deste município. Tendo em vista melhorar a segurança pública daquela localidade.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento_26.2021_-_visando_a_possibilidade_as_regar_com_uma_certa_frenquencia_as_plantas__na_vila_do_alto_de_sao_francisco.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento_26.2021_-_visando_a_possibilidade_as_regar_com_uma_certa_frenquencia_as_plantas__na_vila_do_alto_de_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis junto ao setor responsável, visando a possibilidade de regar, com uma certa frequência as plantas, presente em alguns locais púbicos na Vila do Alto de São Francisco, 2° Distrito deste município. Tendo em vista conservar a beleza de tais locais, e mantê-los mais agradáveis.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_27.2021_-_visando_reativar_a_patrula_mirim_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_27.2021_-_visando_reativar_a_patrula_mirim_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo a Secretária da Assistência Social, Sra. Cláudia Roberta. No sentido que sejam tomadas as providências cabíveis, visando reativar a Patrulha Mirim, neste município.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/29/requerimento_28.2021_-_visando_o_concerto_da_caixa_dagua_na_rua_sebastiao_inacio_sobral_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/29/requerimento_28.2021_-_visando_o_concerto_da_caixa_dagua_na_rua_sebastiao_inacio_sobral_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, visando o concerto da caixa d’água, na Rua Sebastião Inácio Sobral, precisamente ao lado do Açude Público, neste município. Tendo em vista, que a mesma se encontra estourada.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_29.2021_-_visando_reforcar_a_fiscalizacao_referente_a_quarentena_do_convid_-_19.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_29.2021_-_visando_reforcar_a_fiscalizacao_referente_a_quarentena_do_convid_-_19.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas_x000D_
 as formalidades  regimentais, que seja dirigido apelo de ordem administrativa a Exma.  Prefeita  deste  Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Secretário de Saúde Gessé Dias Gonçalves. No sentido que sejam tomadas as providências cabíveis, visando reforçar a fiscalização, referente a quarentena do Covid-19. Tendo em vista, orientar as pessoas suspeitas, sobre a importância de cumprir as medidas sanitárias e manter o período de isolamento determinado pelo médico, para evitar uma maior proliferação do vírus neste município.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento_30.2021_-_a_suspensao_da_discursao_e_votacao_do_projeto_n001.2021.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento_30.2021_-_a_suspensao_da_discursao_e_votacao_do_projeto_n001.2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, com fundamento nos Parágrafos Unico dos artigos 113 e 114 do Regimento Interno, Pela Ordem, solicito a suspensão da discussão e votação do Projeto de Lei n° 001/2021, de 18 de janeiro de 2021, oriundo de mensagem do Poder Executivo deste município, que dispõe sobre a ratificação do Protocolo de Intenções para celebração de contrato de consórcio público. E requeiro preferencia para discussão e votação do Projeto de Lei n° 002/2021,</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento_31.2021_-_votos_de_aplauso_exma._prefeita_maria_izalta_e_ao_deputados_silvio_costa_filho_e_clodoaldo_magalhaes.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento_31.2021_-_votos_de_aplauso_exma._prefeita_maria_izalta_e_ao_deputados_silvio_costa_filho_e_clodoaldo_magalhaes.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que sejam consignados na Ata dos trabalhos da presente Reunião Ordinária VOTOS DE APLAUSOS a Exma. Prefeita deste município Sra. Maria Izalta Silva Lopes Gama, e aos Deputados Sílvio Costa Filho e Clodoaldo Magalhães, pelo grande empenho para trazer melhorias para o nosso município, tais como; a aquisição de verbas parlamentares, para construção de um colégio na Vila do Alto de São Francisco, 2º Distrito deste município, e também para o asfalto e o saneamento básico de Ibirajuba.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_32.2021_-_visando_a_aquisicao_de__02_casas_de_apoio_uma_em_recife_e_outra_aqui_no_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_32.2021_-_visando_a_aquisicao_de__02_casas_de_apoio_uma_em_recife_e_outra_aqui_no_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando a aquisição de duas Casas de Apoio, uma no Recife, e uma outra aqui no município. Ambas para dar suporte e acolher, aos pacientes e seus acompanhantes, que se deslocam para o Recife ou para outros municípios, em busca de realizar exames, consultas e tratamentos médicos de modo geral.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento_33.2021_-_visando_a_passagem_da_maquina_na_entrada_proximo_a_ze_de_chiquinha.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento_33.2021_-_visando_a_passagem_da_maquina_na_entrada_proximo_a_ze_de_chiquinha.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa ao Exmo. Secretário de agricultura deste Município, Sr. Celso Justino Alves. No sentido que sejam tomadas as providências cabíveis, visando a passagem da máquina , na entrada próximo a Zé de Chiquinha, neste município, além de desmatar uns 10 (dez) metros de cada lado, pois este mato tem dificultando a visibilidade dos motoristas que ali trafegam, podendo causar graves acidentes.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento_34.2021_-_visando_a_reforma_dos_pocos_artesianos_situados_na_vila_do_alto_de_sao_de_francisco.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento_34.2021_-_visando_a_reforma_dos_pocos_artesianos_situados_na_vila_do_alto_de_sao_de_francisco.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa ao Exmo. Sr. Secretário de Infraestrutura. No sentido que seja tomadas as providências cabíveis, visando a reforma dos poços artesianos, situados na Vila do Alto de São Francisco, 2° Distrito deste município. Tendo em vista desafogar o abastecimento de água da citada localidade.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_35.2021_-_visando_disponibilizar_uma_ambulancia_para_o_psf_do_sitio_caja.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_35.2021_-_visando_disponibilizar_uma_ambulancia_para_o_psf_do_sitio_caja.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa ao Exmo. Secretário de Saúde, Sr. Gessé Dias Gonçalves. No sentido que sejam tomadas as providências cabíveis, visando disponibilizar uma ambulância, para o PSF do Sítio Cajá. Tendo em vista, dar suporte as pessoas que ali residem, e que muitas vezes precisam de atendimento médico com urgência, e não tem carros disponíveis para desloca-los até uma Unidade de saúde.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_36.2021_-_reativar_os_pocos_artesianos_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_36.2021_-_reativar_os_pocos_artesianos_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, objetivando, restaurar e reativar todos os poços artesianos, que pertencerem à este município, precisamente 01(um) no Alto de São Francisco, 01 (um) no Sítio Pachola, 02(dois) no sítio Rosilho e outros 02 (dois) no Sítio Cajá.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento_37.2021_-_visando_realizar_a_limpeza_e_ampliacao_da_barragem_do_sitio_rosilho_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento_37.2021_-_visando_realizar_a_limpeza_e_ampliacao_da_barragem_do_sitio_rosilho_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando realizar a limpeza e ampliação da Barragem do Sítio Rosilho, neste município. Tendo em vista, que a mesma está secando e que tais serviços precisam ser realizados com urgência.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento_38.2021_-_visando_fazer_algumas_passagens_molhadas_neste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento_38.2021_-_visando_fazer_algumas_passagens_molhadas_neste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando fazer algumas passagens molhadas neste município, 03(três) no Sítio Buqueirão, (precisamente uma, vizinho de Sr. Zé Ribeiro, uma, em Sr. Zuzinha de França e uma outra, onde morou Zezé Cordeiro) e mais Ol(uma) no Sítio Maniçoba, em frente a casa do Sr. Cosmo.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento_39.2021_-_objetivando_realizar_neste_municipio_uma_feira_de_animais.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento_39.2021_-_objetivando_realizar_neste_municipio_uma_feira_de_animais.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, objetivando realizar neste município, uma feira de animais. Tendo em vista obter um espaço adequado, para que os comerciantes locais e também de outras regiões possam comercializar os seus animais em Ibirajuba.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_40.2021_-_visando_fazer_o_recapeamento_asfaltico_da_pe-149_sentido_ibirajuba_a_lajedo.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_40.2021_-_visando_fazer_o_recapeamento_asfaltico_da_pe-149_sentido_ibirajuba_a_lajedo.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providencias cabíveis, junto ao Departamento de Estradas e Rodagens - DER/PE, visando fazer o recapeamento asfáltico da PE- 149, sentido Ibirajuba/Lajedo.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/42/requerimento_41.2021_-_para_efetuar_a_rocagem_dos_matos_nas_laterais_da__pe-149.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/42/requerimento_41.2021_-_para_efetuar_a_rocagem_dos_matos_nas_laterais_da__pe-149.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, junto ao Departamento de Estradas e Rodagens - DER/PE, objetivando efetuar a roçagem dos matos, nas laterais da PE-149, nos sentidos Ibirajuba/Lajedo, e Ibirajuba/Altinho.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/43/requerimento_42.2021_-_votos_de_aplauso_exma._prefeita_maria_izalta_e_ao_sec._de_agricultura_sr._celso_justino.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/43/requerimento_42.2021_-_votos_de_aplauso_exma._prefeita_maria_izalta_e_ao_sec._de_agricultura_sr._celso_justino.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que sejam consignados na Ata dos trabalhos da presente Reunião Ordinária VOTOS APLAUSOS DE e PARABENIZAÇÕES, a Exma. Prefeita deste município Sra. Maria Izalta Silva Lopes Gama e ao Exmo. Secretário de Agricultura, Sr. Celso Justino, pela parceria e empenho em atenderem com rapidez e eficiência, ao Requerimento N°18/2021, referente a recuperação e desmate, da estrada que liga o Sítio de Sr. João Timóteo, (próximo à PE-149) até o Sitio Lajero Alto, neste município. Um excelente trabalho, e que com certeza já está sendo muito útil, para todos que lá transitam.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_43.2021_-_votos_de_aplauso_exma._prefeita_maria_izalta.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_43.2021_-_votos_de_aplauso_exma._prefeita_maria_izalta.pdf</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/45/requerimento_44.2021_-_para_colocar_lixeiras_em_determinados_pontos_do_sitio_quartis.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/45/requerimento_44.2021_-_para_colocar_lixeiras_em_determinados_pontos_do_sitio_quartis.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências, visando colocar lixeiras em determinados pontos do Sítio Quartis, neste município. Tendo em vista, manter a citada localidade sempre limpa e bem cuidada.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_45.2021_-_para_recuperacao_da_quadra_poliesportiva_do_sitio_quartis.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_45.2021_-_para_recuperacao_da_quadra_poliesportiva_do_sitio_quartis.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências, objetivando a recuperação da quadra poliesportiva do Sítio Quartis, neste município. Tendo em vista, que a mesma se encontra abandonada, as traves quebradas e os refletores queimados. Gostaria ainda de complementar, que se possível também, sejam colocados mais alguns postes de iluminação pública nesta localidade, precisamente, próximo à algumas casas no meio da Vila, pois ao anoitecer, há locais que ficam completamente escuro, colocando em risco a segurança das pessoas que ali residem.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_46.2021_-_visando_realizar_a_limpeza_das_margens_e_do_paredao_do_acude_dos_potos_-_sitio_bouqueirao.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_46.2021_-_visando_realizar_a_limpeza_das_margens_e_do_paredao_do_acude_dos_potos_-_sitio_bouqueirao.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando realizar a limpeza das margens e do paredão, do açude dos Potós no Sítio Buqueirão, neste município. Tendo em vista obter um melhor acesso, para os caminhões pipas e para muitas pessoas que buscam água frequentemente.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_47.2021_-_visando_a_instalacao_de_cameras_de_seguranca_nas_escolas_publicas_da_zona_rural_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_47.2021_-_visando_a_instalacao_de_cameras_de_seguranca_nas_escolas_publicas_da_zona_rural_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando à instalação de câmeras de segurança, nas escolas públicas da zona rural deste município.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_48.2021_-_votos_de_profundo_pesar_pelo_falecimento_da_sra._maria_de_lourdes_rodrigues_patricio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_48.2021_-_votos_de_profundo_pesar_pelo_falecimento_da_sra._maria_de_lourdes_rodrigues_patricio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,    Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos da presente Reunião Ordinária VOTOS DE PROFUNDO PESAR pelo falecimento da Sra. Maria de Lourdes Rodrigues Patrício, Popular “ Dona Lurdinha”, com a idade de 69 anos, ocorrido no dia 01 de fevereiro do ano em curso e sepultada no cemitério local.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_49.2021_-_visando_destribuir_fardamentos_e_kits_escolares.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_49.2021_-_visando_destribuir_fardamentos_e_kits_escolares.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando distribuir fardamentos e kits escolares, para todos os estudantes da rede pública de ensino, deste município. Tendo em vista, proporcionar melhores condições de aprendizagem e igualdade entre os mesmos.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_50.2021_-_pedido_de_informacao_do_sr._vereador_santiago_justino_duarte.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_50.2021_-_pedido_de_informacao_do_sr._vereador_santiago_justino_duarte.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, o vereador Santiago Justino Duarte, que esta subscreve, vem, com fundamento no art. 163 c/c art. 168, V, ambos do Regimento Interno desta Câmara Municipal, requerer as informações e documentos a seguir indicados, referentes à atuação de Vossa Excelência na administração desta Casa Legislativa.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_51.2021_-_visando_a_implantacao_de_uma_bomba_dagua_do_acude_do_sitio_miduri.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_51.2021_-_visando_a_implantacao_de_uma_bomba_dagua_do_acude_do_sitio_miduri.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando a implantação de uma bomba d’água no açude do Sítio Minduri, neste município. Tendo em vista abastecer uma caixa d’água já existente, que fornece água para mais de 20 casas na citada localidade.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_52.2021_-_visando_a_implantacao_de_iluminacao_publica_em_todos_os_sitios_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_52.2021_-_visando_a_implantacao_de_iluminacao_publica_em_todos_os_sitios_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando a implantação de iluminação pública, em todos os sítios desta cidade, e com uma maior urgência nos sítios Pau Arrancado e Cajá, Tendo em vista, que os moradores dessas localidades, já vêm pagando a taxa de iluminação pública há alguns anos, sem usufruir de tal serviço.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_53.2021_-_visando_disponibilizar_aos_garis_instrumentos_de_trabalho_e__equipamentos_de_protecao_imdividual_epis.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_53.2021_-_visando_disponibilizar_aos_garis_instrumentos_de_trabalho_e__equipamentos_de_protecao_imdividual_epis.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando disponibilizar aos garis desta cidade, e também da Vila do Alto de São Francisco, 2o Distrito deste município, instrumentos de trabalho e Equipamentos de Proteção Individual (EPI’s) necessários e suficientes para o desenvolvimento de suas funções. E preciso também, que seja visto, a questão do pagamento do auxílio insalubridade, que segundo alguns funcionários está sendo pago abaixo do valor adequado.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_54.2021_-_objetivando_realizar_uma_reforma_na_academia_da_cidade.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_54.2021_-_objetivando_realizar_uma_reforma_na_academia_da_cidade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, objetivando realizar uma reforma na Academia da Cidade, deste município. Tendo em vista que a mesma se encontra em péssimas condições, apresentando diversos problemas, tais como; infiltração em alguns locais, falta de manutenção nos equipamentos de exercícios físicos, desgaste da pintura e etc. Se possível também, rever a drenagem de água que fica em frente à casa de Adnildo, pois a mesma vem apresentando problemas há algum tempo.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/56/requerimento_55.2021_-_objetivando_realizar_a_aracao_de_terras__para_plantio_na_zona_rural_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/56/requerimento_55.2021_-_objetivando_realizar_a_aracao_de_terras__para_plantio_na_zona_rural_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, objetivando realizar a aração de terras para plantio, na zona rural, deste município.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_56.2021_-_visando_concluir_o_calcamento_da_travessa_26_de_marco_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_56.2021_-_visando_concluir_o_calcamento_da_travessa_26_de_marco_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao secretário de Infraestrutura, Exmo. Sr. Marco António. No sentido que sejam tomadas as providências cabíveis, visando concluir o calçamento da Trav. 26 de março, neste município.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_57.2021_-_visando_fazer_a_recuperacao_da_estrada_do_sitio_carnijo_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_57.2021_-_visando_fazer_a_recuperacao_da_estrada_do_sitio_carnijo_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao secretário de agricultura, Exmo. Sr. Celso Justino. No sentido que sejam tomadas as providências cabíveis, visando fazer a recuperação da estrada do Sítio Carnijó, neste município, precisamente do trecho que liga o sítio do Sr. Nelson Caboclo a residência do Sr. Edvaldo Simoá. Tendo em vista que a mesma se encontra intransitável.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_58.2021_-_visando_a_possibilidade_de_espandir_a_vacinacao_da_covid-19_dentro_da_legalidade.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_58.2021_-_visando_a_possibilidade_de_espandir_a_vacinacao_da_covid-19_dentro_da_legalidade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Secretário de Saúde Exmo. Sr. Gessé Gonçalves Dias. No sentido que sejam tomadas as providências cabíveis, visando a possibilidade de expandir a vacinação da covid-19, (dentro da legalidade) para tender aos profissionais de Ibirajuba, que trabalham em: postos de combustível, caixas de supermercados, padarias, funerárias e demais serviços considerados essenciais. E se possível que tal pedido se estenda aos profissionais da educação, especificamente os professores.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_59.2021_-_objetivando_realizar_uma_reforma_no_paredao_do_acude_do_sitio_miduri_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_59.2021_-_objetivando_realizar_uma_reforma_no_paredao_do_acude_do_sitio_miduri_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, objetivando realizar uma reforma no paredão do açude, localizado no sítio Mindurí, neste município. E se possível colocar também uma proteção, para evitar a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_60.2021_-_visando_dar_continuidade_a_implantcao_da_rede_de_esgoto_em_algumas_ruas_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_60.2021_-_visando_dar_continuidade_a_implantcao_da_rede_de_esgoto_em_algumas_ruas_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades  regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Secretário de Infraestrutura, Exmo. Sr. Marco Antônio. No sentido que sejam tomadas as providências cabíveis, visando dar continuidade a implantação da rede de esgoto, nas seguintes ruas: Rua 20 de novembro, seguindo até a estrada que fica mais abaixo da citada via, e também na Rua. Vereador Fernando Henrique de Azevedo, Iniciando da residência de Tadeu, seguindo pela casa de Thaís (irmã do ex Vereador Galego), dando prosseguimento até a estrada que leva ao sítio de seu Milton. Tendo em vista, que tal serviço já foi iniciado e precisa ser concluído, abrangendo as citadas vias, para então solucionar os problemas de esgotos a céu aberto.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_61.2021_-_objetivando_a_instalacao_de_alguns_postes_de_iluminacao_na_rua_margarida_gabriela.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_61.2021_-_objetivando_a_instalacao_de_alguns_postes_de_iluminacao_na_rua_margarida_gabriela.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Secretário de Infraestrutura, Exmo. Sr. Marco Antônio. No sentido que sejam tomadas as providências cabíveis, objetivando a instalação de alguns postes de iluminação com lâmpadas, na Rua margarida Gabriela, neste município. Precisamente da residência de André do Conselho Tutelar, até próximo da casa do Sr. João Paraguai. Gostaria ainda de ressaltar, que a citada via é muito estreita, então se possível colocar um poste no muro do CCI, um no muro da Creche e um outro próximo a residência de seu João.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_62.2021_-votos_de_aplausos_a_exma._prefeita_maria_izalta_silva.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_62.2021_-votos_de_aplausos_a_exma._prefeita_maria_izalta_silva.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que sejam consignados na Ata dos trabalhos da presente Reunião Ordinária VOTOS DE APLAUSOS, a Exma. Prefeita deste município Sra. Maria Izalta Silva Lopes Gama e toda sua equipe, pela inauguração da Casa de Apoio aos pacientes do TFD no Recife, sendo assim uma conquista de fundamental importância, para todos os Ibirajubenses que precisam se deslocar até o Recife em busca de tratamentos de saúde e consultas médicas.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_63.2021_-votos_de_aplausos_ao_exmo._sr._paulo_amaro.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_63.2021_-votos_de_aplausos_ao_exmo._sr._paulo_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que sejam consignados na Ata dos trabalhos da presente Reunião Ordinária VOTOS DE APLAUSOS, ao Exmo. Sr. Paulo Amaro, extensivo a toda Instituição Militar, pela data de 21 de abril, Dia de Tiradentes (Patrono da Polícia Militar) e também data que se comemora o dia da polícia militar. Dessa forma, venho parabenizar esses guerreiros e guerreiras que trabalham dia e noite, pra zelar pela ordem e segurança do nosso Brasil.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_64.2021_-visando_implantar_02_dois_postes_de_iluminacao_publica_na_rua_emilio_jose_de_melo.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_64.2021_-visando_implantar_02_dois_postes_de_iluminacao_publica_na_rua_emilio_jose_de_melo.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja reiterado apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo à Celpe. No sentido que sejam tomadas as providências cabíveis, visando implantar 02 (dois) postes de iluminação pública na Rua Emílio José de Melo, neste município, precisamente entre a casa da Secretária de governo Carla Justino e a Delegacia Civil. Tendo em vista que durante a noite, a citada Via, se encontra completamente escura, causando riscos e insegurança a todos que ali residem ou transitam.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_65.2021_-visando_colocar_lixeiras_na_praca_jose_inacio_de_sobral.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_65.2021_-visando_colocar_lixeiras_na_praca_jose_inacio_de_sobral.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja reiterado apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências visando colocar lixeiras na Praça José Inácio de Sobral, nas demais ruas deste município e também na Vila do Alto de São Francisco, segundo distrito deste município.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_66.2021_-objetivando_reativar_o_convenio_entre_ibirajuba_e_o_hospital_amelia_gueiros_leite_em_agrestina.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_66.2021_-objetivando_reativar_o_convenio_entre_ibirajuba_e_o_hospital_amelia_gueiros_leite_em_agrestina.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Secretário de Saúde Exmo. Sr. Gessé Gonçalves Dias. No sentido que sejam tomadas as providências cabíveis, objetivando reativar o convênio entre Ibirajuba e o Hospital Amélia Gueiros Leite em Agrestina.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_67.2021_-implantacao_de_04_quatro_lombadas_na_av_tenente_xavier_de_araujo.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_67.2021_-implantacao_de_04_quatro_lombadas_na_av_tenente_xavier_de_araujo.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja reiterado apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando a possibilidade de realizar a implantação de 04 (quatro) lombadas, na Av. Tenente Xavier de Araújo, precisamente, a primeira em frente a Escola Julieta Gomes de Souza, de modo que venha a contemplar as duas vias, a segunda em frente a residência de Dona Bia, a terceira próximo ao posto de Tiaguinho e uma quarta lombada ao lado do Bradesco.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_68.2021_-pedido_de_informcao_do_sr._vereador_santiago_justino_duarte.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_68.2021_-pedido_de_informcao_do_sr._vereador_santiago_justino_duarte.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, o vereador Santiago Justino Duarte, que esta subscreve, vem, com fundamento no art. 163 c/c art. 168, V, ambos do Regimento Interno desta Câmara Municipal, requerer a informação e os documentos a seguir indicados, referentes à atuação de Vossa Excelência na administração desta Casa Legislativa.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_69.2021_-_visando_a_implantacao_do_saneamento_basico_na_vila_do_alto_de_sao_francisco.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_69.2021_-_visando_a_implantacao_do_saneamento_basico_na_vila_do_alto_de_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja reiterado apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências, visando a implantação do saneamento básico, na Vila do Alto de São Francisco 2o Distrito deste município.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_70.2021_-_objetivando_a_construcao_de_uma_creche_no_alto_de_sao_francisco.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_70.2021_-_objetivando_a_construcao_de_uma_creche_no_alto_de_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja reiterado apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências, objetivando a construção de uma Creche no Alto de São Francisco, 2o Distrito deste município. Tendo em vista, que o prédio que vem sendo utilizado para o ensino da educação infantil, não dispõe de infraestrutura adequada, para o desempenho de tal função.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_71.2021_-_visando_concluir_o_calcamento_da_manoel_pequeno_na_vila_do_alto_de_sao_francisco_2_destrito_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_71.2021_-_visando_concluir_o_calcamento_da_manoel_pequeno_na_vila_do_alto_de_sao_francisco_2_destrito_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências visando concluir o calçamento da Rua Manoel Pequeno, na Vila do Alto de São Francisco, 2o Distrito deste município. Tendo em vista beneficiar a todos que ali residem ou transitam na citada localidade.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_72.2021_-_visando_a_possibilidade_de_realizar_a_implatacao_de_um_quebra-molas_na_rua_pedro_tributino_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_72.2021_-_visando_a_possibilidade_de_realizar_a_implatacao_de_um_quebra-molas_na_rua_pedro_tributino_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando a possibilidade de realizar a implantação de um quebra-molas na Rua Pedro Tributino, precisamente entre a residência de Delmiro e Dona Quinha, neste município. Tendo em vista, reduzir a velocidade dos veículos, evitando assim acidentes e preservando a segurança dos pedestres que ali transitam.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_73.2021_-_visando_a_restauracao_do_calcamento_da_rua_das_das_flores.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_73.2021_-_visando_a_restauracao_do_calcamento_da_rua_das_das_flores.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido de que inclua nos seus planos de trabalho a restauração do calçamento da Rua das Flores, dando continuidade na Rua Alzira Josefa Silva, neste município. Tendo em vista que as citadas vias, precisam de reparos com urgência, pois as mesmas se encontram bastante danificadas, dificultando o acesso de pessoas e veículos que transitam nessas localidades.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/75/requerimento_74.2021_-_votos_de_aplausos_e_parabenizacoes_ao_exmo._sec._de_saude_gesse_goncalves_dias.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/75/requerimento_74.2021_-_votos_de_aplausos_e_parabenizacoes_ao_exmo._sec._de_saude_gesse_goncalves_dias.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que sejam consignados na Ata dos trabalhos da presente Reunião Ordinária VOTOS APLAUSOS DE e PARABENIZAÇÕES, ao Exmo. Secretário de Saúde deste município, Sr. Gessé Gonçalves Dias, que em parceria, com a Exma. Prefeita Sra. Maria Izalta Silva Lopes Gama, vêm desenvolvendo nesses últimos cinco meses, um excelente trabalho em prol da população de Ibirajuba.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento_75.2021_-_visando_a_possibilidade_de_realizar_o_pagamento_de_adicionais_noturnos_de_insalubridade_aos_profissionais_de_saude.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento_75.2021_-_visando_a_possibilidade_de_realizar_o_pagamento_de_adicionais_noturnos_de_insalubridade_aos_profissionais_de_saude.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Secretário de Saúde Exmo. Sr. Gessé Gonçalves Dias. No sentido que sejam tomadas as providências cabíveis, visando a possibilidade, de realizar o pagamento de adicionais noturnos e de insalubridade, aos profissionais da saúde. Tendo em vista que o adicional noturno seja pago a partir de 10% e o de insalubridade seja a partir de 20%, Se possível também que sejam pagas diárias aos motoristas que precisam se deslocar para outras cidades, como: Caruaru, Recife... e que certamente têm despesas extras.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento_76.2021_-_objetivando_a_reposicao_de_lampadas_em_alguns_postes_no_sitio_quatis.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento_76.2021_-_objetivando_a_reposicao_de_lampadas_em_alguns_postes_no_sitio_quatis.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as devidas providências, objetivando a reposição de lâmpadas em alguns postes no Sítio Quatis, neste município.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/78/requerimento_77.2021_-_visando_a_possibilidade_de_pagar_aos_garis_deste_municipio_o_adcional_de_insalubridade_de_20_.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/78/requerimento_77.2021_-_visando_a_possibilidade_de_pagar_aos_garis_deste_municipio_o_adcional_de_insalubridade_de_20_.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Exmo. Secretário de Saúde deste município, Sr. Gessé Dias Gonçalves. No sentido que sejam tomadas as providências cabíveis, visando a possibilidade de pagar aos garis desta cidade, e também da Vila do Alto de São Francisco, 2o Distrito deste município, o adicional de insalubridade, no valor de 20% (vinte por cento), calculado sobre o salário base, de conformidade com a Lei Municipal N° 247/2017, Art.3°.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Manoelson Rodrigues Patrício</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/79/requerimento_78.2021_-_votos_de_profundo_pesar_pelo_o_falecimento_do_ex-_prefeito_deste_municiipio__sr._pedro_evangelista_de_arandas.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/79/requerimento_78.2021_-_votos_de_profundo_pesar_pelo_o_falecimento_do_ex-_prefeito_deste_municiipio__sr._pedro_evangelista_de_arandas.pdf</t>
   </si>
   <si>
     <t>Requeiro  à  Mesa  Diretora  da  Câmara  Municipal  de  Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos da presente Reunião Ordinária VOTOS DE PROFUNDO PESAR pelo falecimento do ex- Prefeito deste município, Sr. Pedro Evangelista de Arandas, com a idade de 76 anos, ocorrido no dia 14 de julho do ano em curso e sepultado no dia 15 no cemitério local.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento_79.2021_-_visando_a_implantacao_de_uma_bomba_d_agua_na_represa_de_frei_damiao_neste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento_79.2021_-_visando_a_implantacao_de_uma_bomba_d_agua_na_represa_de_frei_damiao_neste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando a implantação de uma bomba d’água na represa Frei Damião, neste município. Tendo em vista facilitar o abastecimento de água dos caminhões pipas, pois devido a reforma que está sendo realizada nas proximidades, têm dificultado o acesso dos mesmos.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_80.2021_-_votos_de_profundo_pesar_pelo_o_falecimento_da_sra._maria_aparecida_silva_santos_dona_aparecida_dudu.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_80.2021_-_votos_de_profundo_pesar_pelo_o_falecimento_da_sra._maria_aparecida_silva_santos_dona_aparecida_dudu.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos da presente Reunião Ordinária VOTOS DE PROFUNDO PESAR pelo falecimento da Sra. Maria Aparecida Silva Santos, popular “Dona Aparecida Dudu” que ocorreu no dia 30 de junho, do ano em curso, e foi sepultada no cemitério local, deste município.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/82/requerimento_81.2021_-_objetivando_a_fixacao_de_placas_de_indentificacao_das_ruas_desta_cidade.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/82/requerimento_81.2021_-_objetivando_a_fixacao_de_placas_de_indentificacao_das_ruas_desta_cidade.pdf</t>
   </si>
   <si>
     <t>Requeiro  à  Mesa  Diretora  da  Câmara  Municipal  de  Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Secretário de Infraestrutura Sr. Marco Antônio. No sentido que sejam tomadas as providências cabíveis, objetivando a fixação de placas de identificação das ruas desta cidade.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_82.2021_-_visando_emitir_titulos_definitivos_dos_imoveis_aos_moradores_do_nosso_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_82.2021_-_visando_emitir_titulos_definitivos_dos_imoveis_aos_moradores_do_nosso_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando emitir títulos definitivos dos imóveis, aos moradores do nosso município, para que dai por diante, eles possam adquirir suas próprias escrituras.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento_83.2021_-_visando_a_possibilidade_de_analisar_e_criar_aqui_em_ibirajuba_um_cartao_de_auxilio_mensal.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento_83.2021_-_visando_a_possibilidade_de_analisar_e_criar_aqui_em_ibirajuba_um_cartao_de_auxilio_mensal.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, junto a Assistência Social, visando a possibilidade de analisar e criar aqui em Ibirajuba, um cartão de auxílio mensal. Tendo em vista beneficiar as famílias carentes que residem em nosso município,</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento_84.2021_-_objetivando_efetuar_a_rocagem_dos_matos_nas_laterais_da_pe-149_sentido_ibirajuba_a_altinho.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento_84.2021_-_objetivando_efetuar_a_rocagem_dos_matos_nas_laterais_da_pe-149_sentido_ibirajuba_a_altinho.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa ao Departamento de Estradas e Rodagens - DER/PE. No sentido que sejam tomadas as providências cabíveis, objetivando efetuar a roçagem dos matos, nas laterais da PE-149, sentido Ibirajuba/Altinho.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento_85.2021_-_visando_aprimorar_ainda_mais_o_espaco_arborizadoexistente_ao_redor_da_prefeitura_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento_85.2021_-_visando_aprimorar_ainda_mais_o_espaco_arborizadoexistente_ao_redor_da_prefeitura_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando aprimorar ainda mais o espaço arborizado, existente ao redor da prefeitura deste município. Tendo em vista fazer uma nova pavimentação, implantar bancos de granito e canteiros floridos com hortênsias e demais flores.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento_86.2021_-_visando_a_possibilidade_de_concluir_uma_obra_pendente_no_riacho_do_sitio_sete_voltas.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento_86.2021_-_visando_a_possibilidade_de_concluir_uma_obra_pendente_no_riacho_do_sitio_sete_voltas.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando a possibilidade de concluir uma obra pendente, no Riacho do Sítio Sete Voltas, que faz divisa com o Sítio Gavião, popularmente conhecido como “Riacho de Ambrosíno”.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento_87.2021_-_votos_de_pesar_do_senhor_francisco_trajano_da_silva_chico_de_dora.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento_87.2021_-_votos_de_pesar_do_senhor_francisco_trajano_da_silva_chico_de_dora.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora da Câmara Municipal de Ibirajuba, após ouvido o plenário e formuladas todas as normas regimentais, que seja consignado na Ata dos Trabalhos da presente Reunião Ordinária VOTOS DE PESAR pelo falecimento do Senhor FRANCISCO TRAJANO DA SILVA (Chico de Dora) com a idade de 76 anos ocorrido no dia 02 de agosto do ano em curso.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento_88.2021_-votos_de_pesar_pelo_o_falecimento_do_senhor_jose_pedro_de_arandas_ze_pedro.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento_88.2021_-votos_de_pesar_pelo_o_falecimento_do_senhor_jose_pedro_de_arandas_ze_pedro.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora da Câmara Municipal de Ibirajuba, após ouvido o plenário e formuladas todas as normas regimentais, que seja consignado na Ata dos Trabalhos da presente Reunião Ordinária VOTOS DE PESAR pelo falecimento do senhor JOSÉ PEDRO DE ARANDAS (Zé Pedro) com a idade de 78 anos ocorrido no dia 27 de julho do ano em curso. Da decisão do Plenário e do teor da presente propositura dá-se conhecimento aos senhores(a) : Maria Eliane Caldino Leite, Eugênia Maria das Neves, Rodrigo das Neves Aranda, Juliana das Neves Andrade, nesta cidade.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento_89.2021_-_solicitacao_para_disponibilizar_um_microonibus_escolar_para_o_alto_sao_francisco_e_sitio_no_quatis.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento_89.2021_-_solicitacao_para_disponibilizar_um_microonibus_escolar_para_o_alto_sao_francisco_e_sitio_no_quatis.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora da Câmara Municipal de Ibirajuba, após ouvido o plenário e formuladas todas as normas regimentais, que seja encaminhado solicitação a Excelentíssima Senhora Prefeita deste Município, para que aprovisione junto a Secretaria Municipal de Educação, providências URGENTE no sentido de disponibilizar um microônibus escolar para fazer o transporte dos jovens estudantes UNIVERSITÁRIOS desta Comunidade do Alto de São Francisco e Sitio Quatís, seguindo com o percurso pela PE149 e BR 423 (Alto São Francisco - Cachoeirinha- Caruaru) retorno fazendo o mesmo percurso.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento_90.2021_-_solicito_a_realizacao_da_construcao_de_uma_pista_em_terra_planagem_as_margens_da_pe_149.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento_90.2021_-_solicito_a_realizacao_da_construcao_de_uma_pista_em_terra_planagem_as_margens_da_pe_149.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora da Câmara Municipal de Ibirajuba Mesa, após ouvido o plenário e formuladas todas as normas regimentais, que seja encaminhado, solicitação a Excelentíssima Senhora Prefeita deste Município, para que aprovisione junto a Secretaria Municipal de Infraestrutura, as providencias para que seja realizado a construção de uma pista em terra planagem as margens da PE 149 ligando o sitio Quatis ao Alto de São Francisco para a prática de caminhada e corrida na área lateral da citado trecho.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento_91.2021_-_instalar_um_centro_de_monitoramento_em_parceria_com_a_policia_militar.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento_91.2021_-_instalar_um_centro_de_monitoramento_em_parceria_com_a_policia_militar.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora da Câmara Municipal de Ibirajuba, após ouvido o plenário e formuladas todas as normas regimentais, que seja encaminhado a Excelentíssima Senhora Prefeita deste Município, para que aprovisione junto a Secretaria Municipal de Infraestrutura, as providencias para que seja ativadas na Vila Alto de São Francisco e na cidade as câmaras de segurança já instaladas em pontos estratégico e consequentemente possa continuar Instalar um Centro de monitoramento em parceria com a Polícia Militar, dando a segurança e tranquilidade para todos os cidadãos ibirajubenses.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento_92.2021_-implantacao_do_calcamento_na_rua_alzira_josefa_silva.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento_92.2021_-implantacao_do_calcamento_na_rua_alzira_josefa_silva.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido de que inclua nos seus planos de trabalho a implantação do calçamento na Rua Alzira Josefa Silva, que liga das proximidades de Sr. Delmiro de João de Títo até a PE/149 e também que seja feito o complemento do calçamento, da Rua Prof.a Maria do Carmo, precisamente em um trecho Próximo à residência da Sra. Márcia do Sindicato, ambas ruas neste município.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento_93.2021_-_visando_a_possibilidade_de_implantar_neste_municipioum_servico_de_saude_intinerante.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento_93.2021_-_visando_a_possibilidade_de_implantar_neste_municipioum_servico_de_saude_intinerante.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Secretário de Saúde Exmo. Sr. Gessé Gonçalves Dias. No sentido que sejam tomadas as providências cabíveis, visando a possibilidade de implantar neste município, um serviço de saúde itinerante, com uma boa programação. Que possa levar ao homem do campo diversos serviços de saúde, tais como; clínicos gerais, fisioterapeuta, nutricionista, psicólogo, além da realização de palestras de conscientização, e de exames preventivos, tipo PSA, enfim, tudo que venha a promover uma maior acessibilidade às ações voltadas para saúde.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento_94.2021_-_visando_a_possibilidade_de_fazer_um_campo_de_futebol_no_bairro_do_mutirao.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento_94.2021_-_visando_a_possibilidade_de_fazer_um_campo_de_futebol_no_bairro_do_mutirao.pdf</t>
   </si>
   <si>
     <t>Requeiro  à  Mesa  Diretora  da  Câmara  Municipal  de  Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo a Diretoria de Esportes municipal. No sentido que sejam tomadas as providências cabíveis, visando a possibilidade de fazer um campo de futebol no Bairro do Mutirão, neste município. Tendo em vista atender à reivindicação de alguns moradores da citada localidade, e que anseiam por tal serviço há algum tempo.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento_95.2021_-_votos_de_profundo_pesar_pelo_falecimento_do_sra._fracisca_jacobina_lins_dona_chiquinha.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento_95.2021_-_votos_de_profundo_pesar_pelo_falecimento_do_sra._fracisca_jacobina_lins_dona_chiquinha.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja consignado na Ata dos Trabalhos da presente Reunião Ordinária VOTOS DE PROFUNDO PESAR pelo falecimento da Sra. Francisca Jacobina Lins, Popular “ Dona Chiquinha”, com a idade de 76 anos, ocorrido no dia 27 de setembro do ano em curso.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento_96.2021_-_visando_a_implatacao_de_lixeiras_comunitarias_nas_principais_ruas_deste_municipio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento_96.2021_-_visando_a_implatacao_de_lixeiras_comunitarias_nas_principais_ruas_deste_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba,_x000D_
 Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Secretário de Infraestrutura, Sr. Marco Antônio. No sentido que sejam tomadas as devidas providências visando a implantação de lixeiras comunitárias nas principais ruas deste município.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento_97.2021_-_eleicao_de_renovacao_de_mesa_diretora_para_o_proximo_bienio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento_97.2021_-_eleicao_de_renovacao_de_mesa_diretora_para_o_proximo_bienio.pdf</t>
   </si>
   <si>
     <t>Nós, Vereadores eleitos e empossados, no exercício de nossas funções legislativas, e com fundamento no que reza o artigo 20 da Lei Orgânica Municipal, bem como o artigo 23 caput do Regimento Interno deste Poder Legislativo Municipal em vigência, apresentamos ao Plenário desta Casa o presente requerimento para que seja realizada a ELEIÇÃO DE RENOVAÇÃO DA MESA DIRETORA para o próximo biênio referente à legislatura de 2023/2024, em data a ser designada pela Presidência desta Câmara Municipal dentro deste período legislativo de 2021.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento_98.2021_-_a_exma._sra._maria_izalta_silva_lopes_gama.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento_98.2021_-_a_exma._sra._maria_izalta_silva_lopes_gama.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama. No sentido que sejam tomadas as providências cabíveis, visando a liberação dos acessos das barragens Públicas, que ficam localizadas em propriedades privadas, neste Município.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/101/requerimento_99.2021_-_ao_sec._de_infraestrutura_o_sr_marcos_antonio.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/101/requerimento_99.2021_-_ao_sec._de_infraestrutura_o_sr_marcos_antonio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa a Exma. Prefeita deste Município, Sra. Maria Izalta Silva Lopes Gama, extensivo ao Secretário de Infraestrutura Sr. Marco Antônio. No sentido que sejam tomadas as providências cabíveis, visando a restauração a estrada do Sítio Gavião, neste Município. Precisamente do trecho em que liga, da casa de Edvaldo Canhoto, sentido a residência de Betânia e finalizando na PE 149, próximo à Associação existente naquela localidade. Tendo em vista que a citada Via se encontra intransitável.</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/99/requerimento_100.2021_-_visando_acelerar_o_projeto_da_quadra_poliesportiva_do_colegio_manoel_moreira_da_costa.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/99/requerimento_100.2021_-_visando_acelerar_o_projeto_da_quadra_poliesportiva_do_colegio_manoel_moreira_da_costa.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Ibirajuba, Estado de Pernambuco, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja dirigido apelo de ordem administrativa ao Exmo. Deputado Estadual Sr. Clodoaldo Magalhães, extensivo ao Exmo. Deputado Estadual Sr. Marcantônio Dourado Filho. No sentido que sejam tomadas as providências cabíveis, visando acelerar o Projeto da Quadra Poliesportiva do Colégio Manoel Moreira da Costa, neste Município, como também realizar a manutenção/restauração da PE/149, no sentido que liga Ibirajuba à Lajedo. Tendo em vista que ambos serviços são de suma importância para população.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_resolucao_n_01.2021_-_prestacao_de_contas_do_municipio_do_ano_de_2016.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_resolucao_n_01.2021_-_prestacao_de_contas_do_municipio_do_ano_de_2016.pdf</t>
   </si>
   <si>
     <t>Rejeita à Prestação de Contas do Município de Ibirajuba, Estado de Pernambuco referente ao Exercício Financeiro de 2016, mantendo-se o Parecer Prévio do Tribunal de Contas do Estado de Pernambuco e dá outras providências.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa da Câmara Municipal de Vereadores de Ibirajuba, Estado de Pernambuco, para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_resolucao_n_003.2021.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_resolucao_n_003.2021.pdf</t>
   </si>
   <si>
     <t>Antecipa a eleição para renovação da Mesa Diretora da Câmara Municipal de Ibirajuba para o segundo biênio de cada legislatura e dá outras providências.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_resolucao_n_04.2021_-_prestacao_de_contas_do_municipio_do_ano_de_2017.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_resolucao_n_04.2021_-_prestacao_de_contas_do_municipio_do_ano_de_2017.pdf</t>
   </si>
   <si>
     <t>Rejeita a Prestação de Contas do Município de Ibirajuba, Estado de Pernambuco referente ao Exercício Financeiro de 2017, mantendo-se o Parecer Prévio do Tribunal de Contas do Estado de Pernambuco e dá outras providências.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/123/resolucao_n_001.2021_prestacao_de_contas_do_ex_-_prefeito_sandro_arandas_do_exercicio_de_2016.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/123/resolucao_n_001.2021_prestacao_de_contas_do_ex_-_prefeito_sandro_arandas_do_exercicio_de_2016.pdf</t>
   </si>
   <si>
     <t>EMENTA: Rejeita à Prestação de Contas do Município de Ibirajuba, Estado de Pernambuco referente ao Exercício Financeiro de 2016, mantendo-se o Parecer Prévio do Tribunal de Contas do Estado de Pernambuco e dá outras providências.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/132/resolucao_n_002.2021_-_orcamento_da_camara_municipal_para_o_exercicio_de_2022_-_assinado.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/132/resolucao_n_002.2021_-_orcamento_da_camara_municipal_para_o_exercicio_de_2022_-_assinado.pdf</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>ARQUIVO - ARQ</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/125/resolucao_n_003.2021_-_referente_a_eleicao_de_renovacao_da_mesa_diretora.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/125/resolucao_n_003.2021_-_referente_a_eleicao_de_renovacao_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 23 caput referente eleição de renovação da Mesa Diretora da Câmara Municipal de Ibirajuba e dá outras providências.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/131/resolucao_n_004.2021_prestacao_de_contas_do_ex_-_prefeito_sandro_arandas_do_exercicio_de_2017.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/131/resolucao_n_004.2021_prestacao_de_contas_do_ex_-_prefeito_sandro_arandas_do_exercicio_de_2017.pdf</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>PORTARIA</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/133/01.portariagpcmv.2021_-_comissao_permanente.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/133/01.portariagpcmv.2021_-_comissao_permanente.pdf</t>
   </si>
   <si>
     <t>Nomear os membros das Comissões Permanentes deste Poder Legislativo  Municipal,  para  a  sessão  legislativa  2021.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/134/02.portariagpcmv.2021_-_nomear_diretor_financeiro.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/134/02.portariagpcmv.2021_-_nomear_diretor_financeiro.pdf</t>
   </si>
   <si>
     <t>NOMEAR   a   Sra   ANATANAELIA   ALVES   MAGALHÃES para exercer as funções do Cargo Comissionado de Diretor(a) Financeiro(a), Símbolo CC-3, no Quadro de Pessoal da Câmara Municipal de Ibirajuba, Estado de Pernambuco, contando-se o exercício a partir de 1° de janeiro de 2021 em curso, fazendo-se as comunicações e anotações de praxe em sua ficha Funcional.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/135/03.portariagpcmv.2021_-_nomear_andreia_couto.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/135/03.portariagpcmv.2021_-_nomear_andreia_couto.pdf</t>
   </si>
   <si>
     <t>NOMEAR  a  Sra.  Andréa  Couto  Alves  Lima,  para exercer as funções do Cargo Comissionado de Assessor Legislativo, Símbolo CC-5, no Quadro de Pessoal da Câmara Municipal de Ibirajuba, Estado de Pernambuco, contando-se o exercício a partir de 1° de janeiro de 2021 em curso, fazendo-se as comunicações e anotações de praxe em sua Ficha Funcional.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/136/04.portariagpcmv.2021_-_ana_karla_alves.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/136/04.portariagpcmv.2021_-_ana_karla_alves.pdf</t>
   </si>
   <si>
     <t>NOMEAR a Sra. Ana Karla Alves da Silva, para exercer as funções do Cargo Comissionado de Controlador Interno, Símbolo Cl, no Quadro de Pessoal da Câmara Municipal de Ibirajuba, Estado de Pernambuco, contando-se o exercício a partir de 1° de janeiro de 2021 em curso, fazendo-se as comunicações e anotações de praxe em sua Ficha Funcional.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/137/05.portariagpcmv.2021_-_comissao_permanente_de_licitacoes_da_camara_municipal_de_ibirajuba_exercicio_2021.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/137/05.portariagpcmv.2021_-_comissao_permanente_de_licitacoes_da_camara_municipal_de_ibirajuba_exercicio_2021.pdf</t>
   </si>
   <si>
     <t>Art.  1°   -  Designar os membros para compor a Comissão Permanente de Licitações da Câmara Municipal de Ibirajuba para o Exercício 2021, cabendo a Presidência ao primeiro, o segundo o Secretário e o terceiro Relator e na sua ausência ou impedimento ao subsequente na ordem em que se apresenta: KLEBER GUSTAVO DE ARAÚJO TAVARES, DAVI SOBRAL DA SILVA e ANDRÉA COUTO ALVES LIMA.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/138/06.portariagpcmv.2021_-_gerenciador_master.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/138/06.portariagpcmv.2021_-_gerenciador_master.pdf</t>
   </si>
   <si>
     <t>Art. 1°  Dispensar a pessoa abaixo da atribuição de “Gerenciador Master” da unidade jurisdicionada Câmara Municipal de Ibirajuba_x000D_
 ALVARO ACACIO GALDINO DE MENESES _x000D_
 CPF n° 092.949.074-65_x000D_
 _x000D_
 Art.  2°  Designara  pessoa abaixo qualificada como “Gerenciador  Master”  da unidade jurisdicionada Câmara Municipal de Ibirajuba:_x000D_
 ANATANAELIA ALVES MAGALHÃES _x000D_
 Cargo: Diretor financeiro_x000D_
 CPF n° 703.174.014-24</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/139/07.portaria.2021.comissao_permanente_de_licitacoes_da_camara_municipal_de_ibirajuba_exercicio_2021.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/139/07.portaria.2021.comissao_permanente_de_licitacoes_da_camara_municipal_de_ibirajuba_exercicio_2021.pdf</t>
   </si>
   <si>
     <t>RESOLVE: Art. 1°    -   Designar  os  membros  para  compor  a  Comissão  Permanente  de Licitações da Câmara Municipal de Ibirajuba para o Exercício 2021, cabendo a Presidência ao primeiro, o segundo o Secretário e o terceiro Relator e na sua ausência ou impedimento ao subsequente na ordem em que se apresenta: KLEBER GUSTAVO DE ARAÚJO TAVARES, CRISTIANE ROSENIR DE FREITAS MIRANDA FERREIRA e ANDRÉA COUTO ALVES LIMA.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/140/08.portariagpcmv.2021_-_nomear_geneci_soares.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/140/08.portariagpcmv.2021_-_nomear_geneci_soares.pdf</t>
   </si>
   <si>
     <t>NOMEAR o Sr. Geneci Soares para exercer as funções do Cargo de Controlador Interno, Símbolo Cl, no Quadro de Pessoal da Câmara Municipal de Ibirajuba, Estado de Pernambuco, contando-se o exercício a partir de 1° de março de 2021 em curso, fazendo-se as comunicações e anotações de praxe em sua Ficha Funcional.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/141/09.portariagpcmv.2021_-_devolucao.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/141/09.portariagpcmv.2021_-_devolucao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a devolução voluntária e excepcional de saldo financeiro resultante de economia e utilização integral de não consequente_x000D_
 duodécimos, para auxiliar o Poder Executivo no enfrentamento da Pandemia do Coronavírus (COVID 19), e dá outras providências.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/142/10_-_portaria.2021_designar_geneci_soares_-_gerencia_de_comunicacao_eletronica.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/142/10_-_portaria.2021_designar_geneci_soares_-_gerencia_de_comunicacao_eletronica.pdf</t>
   </si>
   <si>
     <t>RESOLVE:_x000D_
 DESIGNAR o servidor, Sr. GENECI SOARES, ocupante do cargo de Coordenador de Controle Interno, para responder pela Gerência de Comunicação Eletrônica da Câmara de Vereadores de Ibirajuba junto ao Tribunal de Contas do Estado de Pernambuco._x000D_
 DADOS DO RESPONSÁVEL: _x000D_
 NOME: GENECI SOARES _x000D_
 CPF: 078.072.474-79_x000D_
 TIPO DO VÍNCULO: Comissionado _x000D_
 E-MAIL: ninjacd2009@gmail.com</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/143/11_-_portaria.2021_-_designacao_defensor_dativo_-_adelma_maria_gomes.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/143/11_-_portaria.2021_-_designacao_defensor_dativo_-_adelma_maria_gomes.pdf</t>
   </si>
   <si>
     <t>RESOLVE:_x000D_
 Art.  1°   -  DESIGNA  a  servidora  pública,  Sra.  Adelma Maria Gomes, ocupante do cargo estável de Secretária Administrativa, para que apresente defesa administrativa nos autos do Processo TC n° 18100176-7, que tem como responsável o ex-gestor Sandro Rogério Martins de Arandas, na condição de defensor dativo junto a Comissão de Finanças e Orçamento desta Casa Legislativa.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/144/12_-_portaria.2021_-_ferias_de_davi_sobral_da_silva_mes_11.2021.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/144/12_-_portaria.2021_-_ferias_de_davi_sobral_da_silva_mes_11.2021.pdf</t>
   </si>
   <si>
     <t>RESOLVE:_x000D_
 Conceder ao funcionário DAVI SOBRAL DA SILVA, com a função de Auxiliar de Serviços Gerais, Símbolo ASG, na Câmara Municipal de Ibirajuba, Estado de Pernambuco, 30 (trinta) dias para gozo regulamentar de suas férias, contando-se a partir do dia 01 de novembro do ano em curso.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/145/13_-_portaria.2021_-_ferias_de_kleber_gustavo_de_araujo.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/145/13_-_portaria.2021_-_ferias_de_kleber_gustavo_de_araujo.pdf</t>
   </si>
   <si>
     <t>RESOLVE:_x000D_
 Conceder ao funcionário KLEBER GUSTAVO DE ARAÚJO TAVARES, com a função de Redator Legislativo, Símbolo RL, na Câmara Municipal de Ibirajuba, Estado de Pernambuco, 30 (trinta) dias para gozo regulamentar de suas férias, contando-se a partir do dia 01 de dezembro do ano em curso.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/146/14_-_portaria.2021_-_ferias_de_cristiane_rosenir_de_freitas_miranda_ferreira.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/146/14_-_portaria.2021_-_ferias_de_cristiane_rosenir_de_freitas_miranda_ferreira.pdf</t>
   </si>
   <si>
     <t>RESOLVE:_x000D_
 Conceder a funcionaria CRISTIANE ROSENIR DE FREITAS MIRANDA FERREIRA, com a função de Assistente Administrativo, Símbolo ASA, na Câmara Municipal de Ibirajuba, Estado de Pernambuco, 30 (trinta) dias para gozo regulamentar de suas férias, contando-se a partir do dia 01 de dezembro do ano em curso.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/147/15_-_portaria.2021_-_ferias_de_adelma_maria_gomes.pdf</t>
+    <t>http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/147/15_-_portaria.2021_-_ferias_de_adelma_maria_gomes.pdf</t>
   </si>
   <si>
     <t>RESOLVE:_x000D_
 Conceder a funcionaria ADELMA MARIA GOMES, com a função de Secretária Legislativa Símbolo SL na Câmara Municipal de Ibirajuba, Estado de Pernambuco, 30 (trinta) dias para gozo regulamentar de suas férias, contando-se a partir do dia 01 de dezembro do ano em curso.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1590,68 +1590,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/1/requerimento_01.2021_-_fazer_um_calcadao_na_pe-149.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/2/requerimento_02.2021_-_solicita_reajuste_salarial_aos_motoristas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/3/requerimento_03.2021_-_nota_de_pesar_ao_sr._manoel_lopes_sobrinho_-_ze_lopes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/4/requerimento_04.2021_-_implantacao_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/5/requerimento_05.2021_-_implantacao_do_saneamento_basico_do_alto_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/6/requerimento_06.2021_-_fazer_parceiras_com_as_cidades_circunvizinhas_para_manutencao_das_estradas_da_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/7/requerimento_07.2021_-_visando_asfaltar_ruas_principais_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/8/requerimento_08.2021_-_instalacao_de_uma_lixeira_comunitario_no_sitio_pau_arrancado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_09.2021_-_retirada_do_acude_publico_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_10.2021_-_implantacao_de_quebras-molas_na_av._tenente_xavier_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_11.2021_-_regularizacao_do_abastecimento_de_agua_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_12.2021_-_solucionar_a_constante_falta_de_dinheiro_no_caixa_eletronico_do_banco_bradesco_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_13.2021_-_manutencao_do_calcamento_da_rua_20_de_novembro_neste_municipio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_14.2021_-_realizar_uma_visita_aos_agricultores_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_15.2021_-_celebracao_de_contrato_de_consorcio_publico.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_16.2021_-_fornecimento_aos_vereadores_folhas_de_papel_timbradas_desta_casa_legislativa.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/17/requerimento_17.2021_-_que_seja_efetuado_o_pagamento_de_diarias_aos_motoristas_e_demais_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_18.2021_-_visando_colocar_picarro_e_desmatar_as_laterais_do_sitio_joao_timoteo_ao_sitio_lajero_alto.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_19.2021_-_implantacao_de_quebras-molas_na_rua_26_de_marco_bairro_do_multirao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_20.2021_-_implantacao_de_calcamento_na_rua_pedro_tributino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_21.2021_-_visando_colocar_lixeiras_na_praca_jose_inacio_de_sobral_e_nas_demais_ruas_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_22.2021_-_reativar_o_posto_de_saude_do_sitio_quartis_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/23/requerimento_23.2021_-_visando_concluir_calcamento_da_rua_manoel_pequeno_na_vila_do_alto_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/24/requerimento_24.2021_-_visando_colocar_um_poste_com_3_bicos_de_luz_na_praca_miguel__onobre_de_amorim_na_vila_do_alto_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/25/requerimento_25.2021_-_visando_fazer_a_reposicao_de_alguns_postes_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento_26.2021_-_visando_a_possibilidade_as_regar_com_uma_certa_frenquencia_as_plantas__na_vila_do_alto_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_27.2021_-_visando_reativar_a_patrula_mirim_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/29/requerimento_28.2021_-_visando_o_concerto_da_caixa_dagua_na_rua_sebastiao_inacio_sobral_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_29.2021_-_visando_reforcar_a_fiscalizacao_referente_a_quarentena_do_convid_-_19.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento_30.2021_-_a_suspensao_da_discursao_e_votacao_do_projeto_n001.2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento_31.2021_-_votos_de_aplauso_exma._prefeita_maria_izalta_e_ao_deputados_silvio_costa_filho_e_clodoaldo_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_32.2021_-_visando_a_aquisicao_de__02_casas_de_apoio_uma_em_recife_e_outra_aqui_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento_33.2021_-_visando_a_passagem_da_maquina_na_entrada_proximo_a_ze_de_chiquinha.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento_34.2021_-_visando_a_reforma_dos_pocos_artesianos_situados_na_vila_do_alto_de_sao_de_francisco.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_35.2021_-_visando_disponibilizar_uma_ambulancia_para_o_psf_do_sitio_caja.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_36.2021_-_reativar_os_pocos_artesianos_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento_37.2021_-_visando_realizar_a_limpeza_e_ampliacao_da_barragem_do_sitio_rosilho_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento_38.2021_-_visando_fazer_algumas_passagens_molhadas_neste_municipio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento_39.2021_-_objetivando_realizar_neste_municipio_uma_feira_de_animais.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_40.2021_-_visando_fazer_o_recapeamento_asfaltico_da_pe-149_sentido_ibirajuba_a_lajedo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/42/requerimento_41.2021_-_para_efetuar_a_rocagem_dos_matos_nas_laterais_da__pe-149.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/43/requerimento_42.2021_-_votos_de_aplauso_exma._prefeita_maria_izalta_e_ao_sec._de_agricultura_sr._celso_justino.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_43.2021_-_votos_de_aplauso_exma._prefeita_maria_izalta.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/45/requerimento_44.2021_-_para_colocar_lixeiras_em_determinados_pontos_do_sitio_quartis.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_45.2021_-_para_recuperacao_da_quadra_poliesportiva_do_sitio_quartis.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_46.2021_-_visando_realizar_a_limpeza_das_margens_e_do_paredao_do_acude_dos_potos_-_sitio_bouqueirao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_47.2021_-_visando_a_instalacao_de_cameras_de_seguranca_nas_escolas_publicas_da_zona_rural_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_48.2021_-_votos_de_profundo_pesar_pelo_falecimento_da_sra._maria_de_lourdes_rodrigues_patricio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_49.2021_-_visando_destribuir_fardamentos_e_kits_escolares.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_50.2021_-_pedido_de_informacao_do_sr._vereador_santiago_justino_duarte.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_51.2021_-_visando_a_implantacao_de_uma_bomba_dagua_do_acude_do_sitio_miduri.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_52.2021_-_visando_a_implantacao_de_iluminacao_publica_em_todos_os_sitios_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_53.2021_-_visando_disponibilizar_aos_garis_instrumentos_de_trabalho_e__equipamentos_de_protecao_imdividual_epis.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_54.2021_-_objetivando_realizar_uma_reforma_na_academia_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/56/requerimento_55.2021_-_objetivando_realizar_a_aracao_de_terras__para_plantio_na_zona_rural_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_56.2021_-_visando_concluir_o_calcamento_da_travessa_26_de_marco_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_57.2021_-_visando_fazer_a_recuperacao_da_estrada_do_sitio_carnijo_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_58.2021_-_visando_a_possibilidade_de_espandir_a_vacinacao_da_covid-19_dentro_da_legalidade.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_59.2021_-_objetivando_realizar_uma_reforma_no_paredao_do_acude_do_sitio_miduri_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_60.2021_-_visando_dar_continuidade_a_implantcao_da_rede_de_esgoto_em_algumas_ruas_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_61.2021_-_objetivando_a_instalacao_de_alguns_postes_de_iluminacao_na_rua_margarida_gabriela.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_62.2021_-votos_de_aplausos_a_exma._prefeita_maria_izalta_silva.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_63.2021_-votos_de_aplausos_ao_exmo._sr._paulo_amaro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_64.2021_-visando_implantar_02_dois_postes_de_iluminacao_publica_na_rua_emilio_jose_de_melo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_65.2021_-visando_colocar_lixeiras_na_praca_jose_inacio_de_sobral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_66.2021_-objetivando_reativar_o_convenio_entre_ibirajuba_e_o_hospital_amelia_gueiros_leite_em_agrestina.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_67.2021_-implantacao_de_04_quatro_lombadas_na_av_tenente_xavier_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_68.2021_-pedido_de_informcao_do_sr._vereador_santiago_justino_duarte.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_69.2021_-_visando_a_implantacao_do_saneamento_basico_na_vila_do_alto_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_70.2021_-_objetivando_a_construcao_de_uma_creche_no_alto_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_71.2021_-_visando_concluir_o_calcamento_da_manoel_pequeno_na_vila_do_alto_de_sao_francisco_2_destrito_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_72.2021_-_visando_a_possibilidade_de_realizar_a_implatacao_de_um_quebra-molas_na_rua_pedro_tributino_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_73.2021_-_visando_a_restauracao_do_calcamento_da_rua_das_das_flores.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/75/requerimento_74.2021_-_votos_de_aplausos_e_parabenizacoes_ao_exmo._sec._de_saude_gesse_goncalves_dias.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento_75.2021_-_visando_a_possibilidade_de_realizar_o_pagamento_de_adicionais_noturnos_de_insalubridade_aos_profissionais_de_saude.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento_76.2021_-_objetivando_a_reposicao_de_lampadas_em_alguns_postes_no_sitio_quatis.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/78/requerimento_77.2021_-_visando_a_possibilidade_de_pagar_aos_garis_deste_municipio_o_adcional_de_insalubridade_de_20_.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/79/requerimento_78.2021_-_votos_de_profundo_pesar_pelo_o_falecimento_do_ex-_prefeito_deste_municiipio__sr._pedro_evangelista_de_arandas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento_79.2021_-_visando_a_implantacao_de_uma_bomba_d_agua_na_represa_de_frei_damiao_neste_municipio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_80.2021_-_votos_de_profundo_pesar_pelo_o_falecimento_da_sra._maria_aparecida_silva_santos_dona_aparecida_dudu.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/82/requerimento_81.2021_-_objetivando_a_fixacao_de_placas_de_indentificacao_das_ruas_desta_cidade.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_82.2021_-_visando_emitir_titulos_definitivos_dos_imoveis_aos_moradores_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento_83.2021_-_visando_a_possibilidade_de_analisar_e_criar_aqui_em_ibirajuba_um_cartao_de_auxilio_mensal.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento_84.2021_-_objetivando_efetuar_a_rocagem_dos_matos_nas_laterais_da_pe-149_sentido_ibirajuba_a_altinho.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento_85.2021_-_visando_aprimorar_ainda_mais_o_espaco_arborizadoexistente_ao_redor_da_prefeitura_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento_86.2021_-_visando_a_possibilidade_de_concluir_uma_obra_pendente_no_riacho_do_sitio_sete_voltas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento_87.2021_-_votos_de_pesar_do_senhor_francisco_trajano_da_silva_chico_de_dora.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento_88.2021_-votos_de_pesar_pelo_o_falecimento_do_senhor_jose_pedro_de_arandas_ze_pedro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento_89.2021_-_solicitacao_para_disponibilizar_um_microonibus_escolar_para_o_alto_sao_francisco_e_sitio_no_quatis.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento_90.2021_-_solicito_a_realizacao_da_construcao_de_uma_pista_em_terra_planagem_as_margens_da_pe_149.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento_91.2021_-_instalar_um_centro_de_monitoramento_em_parceria_com_a_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento_92.2021_-implantacao_do_calcamento_na_rua_alzira_josefa_silva.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento_93.2021_-_visando_a_possibilidade_de_implantar_neste_municipioum_servico_de_saude_intinerante.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento_94.2021_-_visando_a_possibilidade_de_fazer_um_campo_de_futebol_no_bairro_do_mutirao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento_95.2021_-_votos_de_profundo_pesar_pelo_falecimento_do_sra._fracisca_jacobina_lins_dona_chiquinha.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento_96.2021_-_visando_a_implatacao_de_lixeiras_comunitarias_nas_principais_ruas_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento_97.2021_-_eleicao_de_renovacao_de_mesa_diretora_para_o_proximo_bienio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento_98.2021_-_a_exma._sra._maria_izalta_silva_lopes_gama.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/101/requerimento_99.2021_-_ao_sec._de_infraestrutura_o_sr_marcos_antonio.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/99/requerimento_100.2021_-_visando_acelerar_o_projeto_da_quadra_poliesportiva_do_colegio_manoel_moreira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_resolucao_n_01.2021_-_prestacao_de_contas_do_municipio_do_ano_de_2016.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_resolucao_n_003.2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_resolucao_n_04.2021_-_prestacao_de_contas_do_municipio_do_ano_de_2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/123/resolucao_n_001.2021_prestacao_de_contas_do_ex_-_prefeito_sandro_arandas_do_exercicio_de_2016.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/132/resolucao_n_002.2021_-_orcamento_da_camara_municipal_para_o_exercicio_de_2022_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/125/resolucao_n_003.2021_-_referente_a_eleicao_de_renovacao_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/131/resolucao_n_004.2021_prestacao_de_contas_do_ex_-_prefeito_sandro_arandas_do_exercicio_de_2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/133/01.portariagpcmv.2021_-_comissao_permanente.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/134/02.portariagpcmv.2021_-_nomear_diretor_financeiro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/135/03.portariagpcmv.2021_-_nomear_andreia_couto.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/136/04.portariagpcmv.2021_-_ana_karla_alves.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/137/05.portariagpcmv.2021_-_comissao_permanente_de_licitacoes_da_camara_municipal_de_ibirajuba_exercicio_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/138/06.portariagpcmv.2021_-_gerenciador_master.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/139/07.portaria.2021.comissao_permanente_de_licitacoes_da_camara_municipal_de_ibirajuba_exercicio_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/140/08.portariagpcmv.2021_-_nomear_geneci_soares.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/141/09.portariagpcmv.2021_-_devolucao.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/142/10_-_portaria.2021_designar_geneci_soares_-_gerencia_de_comunicacao_eletronica.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/143/11_-_portaria.2021_-_designacao_defensor_dativo_-_adelma_maria_gomes.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/144/12_-_portaria.2021_-_ferias_de_davi_sobral_da_silva_mes_11.2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/145/13_-_portaria.2021_-_ferias_de_kleber_gustavo_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/146/14_-_portaria.2021_-_ferias_de_cristiane_rosenir_de_freitas_miranda_ferreira.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/147/15_-_portaria.2021_-_ferias_de_adelma_maria_gomes.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/1/requerimento_01.2021_-_fazer_um_calcadao_na_pe-149.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/2/requerimento_02.2021_-_solicita_reajuste_salarial_aos_motoristas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/3/requerimento_03.2021_-_nota_de_pesar_ao_sr._manoel_lopes_sobrinho_-_ze_lopes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/4/requerimento_04.2021_-_implantacao_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/5/requerimento_05.2021_-_implantacao_do_saneamento_basico_do_alto_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/6/requerimento_06.2021_-_fazer_parceiras_com_as_cidades_circunvizinhas_para_manutencao_das_estradas_da_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/7/requerimento_07.2021_-_visando_asfaltar_ruas_principais_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/8/requerimento_08.2021_-_instalacao_de_uma_lixeira_comunitario_no_sitio_pau_arrancado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_09.2021_-_retirada_do_acude_publico_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_10.2021_-_implantacao_de_quebras-molas_na_av._tenente_xavier_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_11.2021_-_regularizacao_do_abastecimento_de_agua_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_12.2021_-_solucionar_a_constante_falta_de_dinheiro_no_caixa_eletronico_do_banco_bradesco_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_13.2021_-_manutencao_do_calcamento_da_rua_20_de_novembro_neste_municipio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_14.2021_-_realizar_uma_visita_aos_agricultores_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_15.2021_-_celebracao_de_contrato_de_consorcio_publico.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_16.2021_-_fornecimento_aos_vereadores_folhas_de_papel_timbradas_desta_casa_legislativa.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/17/requerimento_17.2021_-_que_seja_efetuado_o_pagamento_de_diarias_aos_motoristas_e_demais_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_18.2021_-_visando_colocar_picarro_e_desmatar_as_laterais_do_sitio_joao_timoteo_ao_sitio_lajero_alto.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_19.2021_-_implantacao_de_quebras-molas_na_rua_26_de_marco_bairro_do_multirao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_20.2021_-_implantacao_de_calcamento_na_rua_pedro_tributino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_21.2021_-_visando_colocar_lixeiras_na_praca_jose_inacio_de_sobral_e_nas_demais_ruas_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_22.2021_-_reativar_o_posto_de_saude_do_sitio_quartis_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/23/requerimento_23.2021_-_visando_concluir_calcamento_da_rua_manoel_pequeno_na_vila_do_alto_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/24/requerimento_24.2021_-_visando_colocar_um_poste_com_3_bicos_de_luz_na_praca_miguel__onobre_de_amorim_na_vila_do_alto_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/25/requerimento_25.2021_-_visando_fazer_a_reposicao_de_alguns_postes_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento_26.2021_-_visando_a_possibilidade_as_regar_com_uma_certa_frenquencia_as_plantas__na_vila_do_alto_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_27.2021_-_visando_reativar_a_patrula_mirim_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/29/requerimento_28.2021_-_visando_o_concerto_da_caixa_dagua_na_rua_sebastiao_inacio_sobral_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_29.2021_-_visando_reforcar_a_fiscalizacao_referente_a_quarentena_do_convid_-_19.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento_30.2021_-_a_suspensao_da_discursao_e_votacao_do_projeto_n001.2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento_31.2021_-_votos_de_aplauso_exma._prefeita_maria_izalta_e_ao_deputados_silvio_costa_filho_e_clodoaldo_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_32.2021_-_visando_a_aquisicao_de__02_casas_de_apoio_uma_em_recife_e_outra_aqui_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento_33.2021_-_visando_a_passagem_da_maquina_na_entrada_proximo_a_ze_de_chiquinha.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento_34.2021_-_visando_a_reforma_dos_pocos_artesianos_situados_na_vila_do_alto_de_sao_de_francisco.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_35.2021_-_visando_disponibilizar_uma_ambulancia_para_o_psf_do_sitio_caja.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_36.2021_-_reativar_os_pocos_artesianos_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento_37.2021_-_visando_realizar_a_limpeza_e_ampliacao_da_barragem_do_sitio_rosilho_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento_38.2021_-_visando_fazer_algumas_passagens_molhadas_neste_municipio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento_39.2021_-_objetivando_realizar_neste_municipio_uma_feira_de_animais.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_40.2021_-_visando_fazer_o_recapeamento_asfaltico_da_pe-149_sentido_ibirajuba_a_lajedo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/42/requerimento_41.2021_-_para_efetuar_a_rocagem_dos_matos_nas_laterais_da__pe-149.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/43/requerimento_42.2021_-_votos_de_aplauso_exma._prefeita_maria_izalta_e_ao_sec._de_agricultura_sr._celso_justino.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_43.2021_-_votos_de_aplauso_exma._prefeita_maria_izalta.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/45/requerimento_44.2021_-_para_colocar_lixeiras_em_determinados_pontos_do_sitio_quartis.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_45.2021_-_para_recuperacao_da_quadra_poliesportiva_do_sitio_quartis.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_46.2021_-_visando_realizar_a_limpeza_das_margens_e_do_paredao_do_acude_dos_potos_-_sitio_bouqueirao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_47.2021_-_visando_a_instalacao_de_cameras_de_seguranca_nas_escolas_publicas_da_zona_rural_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_48.2021_-_votos_de_profundo_pesar_pelo_falecimento_da_sra._maria_de_lourdes_rodrigues_patricio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_49.2021_-_visando_destribuir_fardamentos_e_kits_escolares.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_50.2021_-_pedido_de_informacao_do_sr._vereador_santiago_justino_duarte.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_51.2021_-_visando_a_implantacao_de_uma_bomba_dagua_do_acude_do_sitio_miduri.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_52.2021_-_visando_a_implantacao_de_iluminacao_publica_em_todos_os_sitios_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_53.2021_-_visando_disponibilizar_aos_garis_instrumentos_de_trabalho_e__equipamentos_de_protecao_imdividual_epis.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_54.2021_-_objetivando_realizar_uma_reforma_na_academia_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/56/requerimento_55.2021_-_objetivando_realizar_a_aracao_de_terras__para_plantio_na_zona_rural_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_56.2021_-_visando_concluir_o_calcamento_da_travessa_26_de_marco_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_57.2021_-_visando_fazer_a_recuperacao_da_estrada_do_sitio_carnijo_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_58.2021_-_visando_a_possibilidade_de_espandir_a_vacinacao_da_covid-19_dentro_da_legalidade.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_59.2021_-_objetivando_realizar_uma_reforma_no_paredao_do_acude_do_sitio_miduri_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_60.2021_-_visando_dar_continuidade_a_implantcao_da_rede_de_esgoto_em_algumas_ruas_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_61.2021_-_objetivando_a_instalacao_de_alguns_postes_de_iluminacao_na_rua_margarida_gabriela.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_62.2021_-votos_de_aplausos_a_exma._prefeita_maria_izalta_silva.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_63.2021_-votos_de_aplausos_ao_exmo._sr._paulo_amaro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_64.2021_-visando_implantar_02_dois_postes_de_iluminacao_publica_na_rua_emilio_jose_de_melo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_65.2021_-visando_colocar_lixeiras_na_praca_jose_inacio_de_sobral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_66.2021_-objetivando_reativar_o_convenio_entre_ibirajuba_e_o_hospital_amelia_gueiros_leite_em_agrestina.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_67.2021_-implantacao_de_04_quatro_lombadas_na_av_tenente_xavier_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_68.2021_-pedido_de_informcao_do_sr._vereador_santiago_justino_duarte.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_69.2021_-_visando_a_implantacao_do_saneamento_basico_na_vila_do_alto_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_70.2021_-_objetivando_a_construcao_de_uma_creche_no_alto_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_71.2021_-_visando_concluir_o_calcamento_da_manoel_pequeno_na_vila_do_alto_de_sao_francisco_2_destrito_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_72.2021_-_visando_a_possibilidade_de_realizar_a_implatacao_de_um_quebra-molas_na_rua_pedro_tributino_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_73.2021_-_visando_a_restauracao_do_calcamento_da_rua_das_das_flores.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/75/requerimento_74.2021_-_votos_de_aplausos_e_parabenizacoes_ao_exmo._sec._de_saude_gesse_goncalves_dias.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento_75.2021_-_visando_a_possibilidade_de_realizar_o_pagamento_de_adicionais_noturnos_de_insalubridade_aos_profissionais_de_saude.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento_76.2021_-_objetivando_a_reposicao_de_lampadas_em_alguns_postes_no_sitio_quatis.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/78/requerimento_77.2021_-_visando_a_possibilidade_de_pagar_aos_garis_deste_municipio_o_adcional_de_insalubridade_de_20_.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/79/requerimento_78.2021_-_votos_de_profundo_pesar_pelo_o_falecimento_do_ex-_prefeito_deste_municiipio__sr._pedro_evangelista_de_arandas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento_79.2021_-_visando_a_implantacao_de_uma_bomba_d_agua_na_represa_de_frei_damiao_neste_municipio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_80.2021_-_votos_de_profundo_pesar_pelo_o_falecimento_da_sra._maria_aparecida_silva_santos_dona_aparecida_dudu.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/82/requerimento_81.2021_-_objetivando_a_fixacao_de_placas_de_indentificacao_das_ruas_desta_cidade.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_82.2021_-_visando_emitir_titulos_definitivos_dos_imoveis_aos_moradores_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento_83.2021_-_visando_a_possibilidade_de_analisar_e_criar_aqui_em_ibirajuba_um_cartao_de_auxilio_mensal.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento_84.2021_-_objetivando_efetuar_a_rocagem_dos_matos_nas_laterais_da_pe-149_sentido_ibirajuba_a_altinho.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento_85.2021_-_visando_aprimorar_ainda_mais_o_espaco_arborizadoexistente_ao_redor_da_prefeitura_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento_86.2021_-_visando_a_possibilidade_de_concluir_uma_obra_pendente_no_riacho_do_sitio_sete_voltas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento_87.2021_-_votos_de_pesar_do_senhor_francisco_trajano_da_silva_chico_de_dora.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento_88.2021_-votos_de_pesar_pelo_o_falecimento_do_senhor_jose_pedro_de_arandas_ze_pedro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento_89.2021_-_solicitacao_para_disponibilizar_um_microonibus_escolar_para_o_alto_sao_francisco_e_sitio_no_quatis.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento_90.2021_-_solicito_a_realizacao_da_construcao_de_uma_pista_em_terra_planagem_as_margens_da_pe_149.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento_91.2021_-_instalar_um_centro_de_monitoramento_em_parceria_com_a_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento_92.2021_-implantacao_do_calcamento_na_rua_alzira_josefa_silva.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento_93.2021_-_visando_a_possibilidade_de_implantar_neste_municipioum_servico_de_saude_intinerante.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento_94.2021_-_visando_a_possibilidade_de_fazer_um_campo_de_futebol_no_bairro_do_mutirao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento_95.2021_-_votos_de_profundo_pesar_pelo_falecimento_do_sra._fracisca_jacobina_lins_dona_chiquinha.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento_96.2021_-_visando_a_implatacao_de_lixeiras_comunitarias_nas_principais_ruas_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento_97.2021_-_eleicao_de_renovacao_de_mesa_diretora_para_o_proximo_bienio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento_98.2021_-_a_exma._sra._maria_izalta_silva_lopes_gama.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/101/requerimento_99.2021_-_ao_sec._de_infraestrutura_o_sr_marcos_antonio.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/99/requerimento_100.2021_-_visando_acelerar_o_projeto_da_quadra_poliesportiva_do_colegio_manoel_moreira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_resolucao_n_01.2021_-_prestacao_de_contas_do_municipio_do_ano_de_2016.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_resolucao_n_003.2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_resolucao_n_04.2021_-_prestacao_de_contas_do_municipio_do_ano_de_2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/123/resolucao_n_001.2021_prestacao_de_contas_do_ex_-_prefeito_sandro_arandas_do_exercicio_de_2016.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/132/resolucao_n_002.2021_-_orcamento_da_camara_municipal_para_o_exercicio_de_2022_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/125/resolucao_n_003.2021_-_referente_a_eleicao_de_renovacao_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/131/resolucao_n_004.2021_prestacao_de_contas_do_ex_-_prefeito_sandro_arandas_do_exercicio_de_2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/133/01.portariagpcmv.2021_-_comissao_permanente.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/134/02.portariagpcmv.2021_-_nomear_diretor_financeiro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/135/03.portariagpcmv.2021_-_nomear_andreia_couto.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/136/04.portariagpcmv.2021_-_ana_karla_alves.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/137/05.portariagpcmv.2021_-_comissao_permanente_de_licitacoes_da_camara_municipal_de_ibirajuba_exercicio_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/138/06.portariagpcmv.2021_-_gerenciador_master.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/139/07.portaria.2021.comissao_permanente_de_licitacoes_da_camara_municipal_de_ibirajuba_exercicio_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/140/08.portariagpcmv.2021_-_nomear_geneci_soares.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/141/09.portariagpcmv.2021_-_devolucao.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/142/10_-_portaria.2021_designar_geneci_soares_-_gerencia_de_comunicacao_eletronica.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/143/11_-_portaria.2021_-_designacao_defensor_dativo_-_adelma_maria_gomes.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/144/12_-_portaria.2021_-_ferias_de_davi_sobral_da_silva_mes_11.2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/145/13_-_portaria.2021_-_ferias_de_kleber_gustavo_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/146/14_-_portaria.2021_-_ferias_de_cristiane_rosenir_de_freitas_miranda_ferreira.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ibirajuba.pe.leg.br/media/sapl/public/materialegislativa/2021/147/15_-_portaria.2021_-_ferias_de_adelma_maria_gomes.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="207.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="206.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>